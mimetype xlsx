--- v0 (2025-12-14)
+++ v1 (2026-02-13)
@@ -663,51 +663,51 @@
       <c r="AB2" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
-          <t>998ПОПРАВКА до проекту рішення    “Про затвердження порядку денного LXІV чергової сесії Белзької міської ради Львівської області VІІІ скликання» Проект рішення викласти в новій редакції:</t>
+          <t>998 .pydocx-caps {text-transform:uppercase}.pydocx-center {display:block;text-align:center}.pydocx-comment {color:blue}.pydocx-delete {color:red;text-decoration:line-through}.pydocx-hidden {visibility:hidden}.pydocx-insert {color:green}.pydocx-left {display:block;text-align:left}.pydocx-list-style-type-cardinalText</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>38</v>
       </c>
       <c r="E3" t="s">
         <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H3" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>35</v>
@@ -1953,51 +1953,51 @@
       <c r="AB15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
-          <t>1012Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію на території колишнього господарського двору за межами с.Низи Шептицького району</t>
+          <t>1012Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію за межами м.Белз Шептицького району Львівської області.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>61</v>
       </c>
       <c r="G16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>47</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>35</v>
@@ -5153,51 +5153,51 @@
       <c r="AB47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>94</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>1044Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію за межами м.Белз Шептицького району Львівської області.</t>
+          <t>1044Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію на території колишнього господарського двору за межами с.Низи Шептицького району</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>42</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>46</v>
       </c>
       <c r="G48" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>47</v>
       </c>
       <c r="J48" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K48" t="s" s="5">
         <v>35</v>