--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="116">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXIV сесія VIII скликання</t>
   </si>
   <si>
     <t>Белзька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Березa Оксана Андріївна</t>
   </si>
   <si>
     <t>Кучвара Наталія Євгенівна</t>
   </si>
   <si>
     <t>Кулик Роман Петрович</t>
   </si>
   <si>
@@ -167,50 +167,53 @@
   <si>
     <t>1001Про планування діяльності Белзької міської ради Львівської області на 2026 рік</t>
   </si>
   <si>
     <t>12.12.25  10:49:12</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>12.12.25  10:58:53</t>
   </si>
   <si>
     <t>1003Про внесення змін до бюджету Белзької міської територіальної громади на 2025 рік</t>
   </si>
   <si>
     <t>12.12.25  11:04:10</t>
   </si>
   <si>
     <t>1004Про внесення змін до бюджету Белзької міської територіальної громади на 2025 рік</t>
   </si>
   <si>
+    <t>12.12.25  11:08:46</t>
+  </si>
+  <si>
     <t>12.12.25  11:09:18</t>
   </si>
   <si>
     <t>1006Про внесення змін до бюджету Белзької міської територіальної громади на 2025 рік</t>
   </si>
   <si>
     <t>12.12.25  11:14:56</t>
   </si>
   <si>
     <t>12.12.25  11:18:18</t>
   </si>
   <si>
     <t>12.12.25  11:19:08</t>
   </si>
   <si>
     <t>12.12.25  11:23:31</t>
   </si>
   <si>
     <t>12.12.25  11:24:29</t>
   </si>
   <si>
     <t>1011Про безоплатну передачу майна військовій частині</t>
   </si>
   <si>
     <t>12.12.25  11:26:27</t>
@@ -308,96 +311,96 @@
   <si>
     <t>12.12.25  11:53:39</t>
   </si>
   <si>
     <t>12.12.25  11:55:00</t>
   </si>
   <si>
     <t>12.12.25  11:56:29</t>
   </si>
   <si>
     <t>12.12.25  11:57:25</t>
   </si>
   <si>
     <t>12.12.25  11:58:21</t>
   </si>
   <si>
     <t>12.12.25  11:59:20</t>
   </si>
   <si>
     <t>12.12.25  12:00:10</t>
   </si>
   <si>
     <t>12.12.25  12:02:17</t>
   </si>
   <si>
+    <t>За: 49</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
+    <t>За: 51</t>
+  </si>
+  <si>
+    <t>За: 52</t>
+  </si>
+  <si>
     <t>За: 48</t>
   </si>
   <si>
-    <t>За: 0</t>
-[...11 lines deleted...]
-    <t>За: 43</t>
+    <t>За: 44</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
-    <t>Відсут.: 51</t>
+    <t>Відсут.: 52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -422,51 +425,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF57"/>
+  <dimension ref="A1:AF58"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -1355,55 +1358,57 @@
         <v>36</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s" s="4">
-        <v>53</v>
+      <c r="C10" t="inlineStr" s="4">
+        <is>
+          <t>1005ПРАВКА до проєкту рішення Белзької міської ради Львівської області «Про внесення змін до бюджету Белзької міської територіальної громади на 2025 рік»                    Головному</t>
+        </is>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H10" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>36</v>
       </c>
@@ -1451,59 +1456,57 @@
       </c>
       <c r="AA10" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" t="s" s="4">
         <v>54</v>
       </c>
-      <c r="C11" t="inlineStr" s="4">
-[...3 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H11" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>36</v>
       </c>
@@ -1555,51 +1558,51 @@
       <c r="AB11" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>55</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
-          <t>1008Про внесення змін до Програми соціального захисту окремих категорій населення Белзької міської територіальної громади на 2025 рік</t>
+          <t>1007Про внесення змін в Програму підтримки та розвитку освіти Белзької міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H12" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>35</v>
@@ -1655,51 +1658,51 @@
       <c r="AB12" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
-          <t>1009Про затвердження Програми забезпечення медикаментами та виробами медичного призначення пільгової категорії населення Белзької міської територіальної громади на 2025 рік</t>
+          <t>1008Про внесення змін до Програми соціального захисту окремих категорій населення Белзької міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H13" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>35</v>
@@ -1755,51 +1758,51 @@
       <c r="AB13" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>57</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
-          <t>1010Про внесення змін до Програми житлово-комунального господарства та благоустрою Белзької міської територіальної громади на 2025 рік</t>
+          <t>1009Про затвердження Програми забезпечення медикаментами та виробами медичного призначення пільгової категорії населення Белзької міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H14" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>35</v>
@@ -1853,52 +1856,54 @@
         <v>36</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
-      <c r="C15" t="s" s="4">
-        <v>59</v>
+      <c r="C15" t="inlineStr" s="4">
+        <is>
+          <t>1010Про внесення змін до Програми житлово-комунального господарства та благоустрою Белзької міської територіальної громади на 2025 рік</t>
+        </is>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>35</v>
       </c>
@@ -1949,255 +1954,253 @@
       </c>
       <c r="AA15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" t="s" s="4">
         <v>60</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J16" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z16" t="s" s="5">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
-          <t>1013Про затвердження технічних документацій із землеустрою щодо поділу земельних ділянок комунальної власності</t>
+          <t>1012Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію за межами м.Белз Шептицького району Львівської області.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="G17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
-          <t>1014Про включення до переліку земельних ділянок для підготовки Лотів для продажу права оренди земельних ділянок на земельних торгах у формі аукціону та надання дозволу на виготовлення</t>
+          <t>1013Про затвердження технічних документацій із землеустрою щодо поділу земельних ділянок комунальної власності</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>42</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H18" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>35</v>
@@ -2253,51 +2256,51 @@
       <c r="AB18" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
-          <t>1015Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади – Белзької територіальної громади Белзької міської ради Шептицького району Львівської</t>
+          <t>1014Про включення до переліку земельних ділянок для підготовки Лотів для продажу права оренди земельних ділянок на земельних торгах у формі аукціону та надання дозволу на виготовлення</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H19" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>35</v>
@@ -2353,51 +2356,51 @@
       <c r="AB19" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>66</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
-          <t>1016Про затвердження документацій із землеустрою та продаж права оренди земельних ділянок на земельних торгах у формі аукціону</t>
+          <t>1015Про затвердження проєкту землеустрою щодо встановлення меж території територіальної громади – Белзької територіальної громади Белзької міської ради Шептицького району Львівської</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H20" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>35</v>
@@ -2453,61 +2456,61 @@
       <c r="AB20" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
-          <t>1017Про затвердження технічних документацій із землеустрою щодо поділу земельних ділянок комунальної власності</t>
+          <t>1016Про затвердження документацій із землеустрою та продаж права оренди земельних ділянок на земельних торгах у формі аукціону</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>42</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>36</v>
       </c>
@@ -2523,81 +2526,81 @@
       <c r="R21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z21" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
-          <t>1018Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок</t>
+          <t>1017Про затвердження технічних документацій із землеустрою щодо поділу земельних ділянок комунальної власності</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>42</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>46</v>
       </c>
       <c r="G22" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H22" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>35</v>
@@ -2653,64 +2656,64 @@
       <c r="AB22" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
-          <t>1019Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок зі зміною цільового призначення</t>
+          <t>1018Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>42</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="G23" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>36</v>
       </c>
@@ -2753,97 +2756,97 @@
       <c r="AB23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
-          <t>1020Про надання дозволу на виготовлення технічної документації із землеустрою щодо об’єднання земельних ділянок комунальної власності</t>
+          <t>1019Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок зі зміною цільового призначення</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>42</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G24" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="H24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>47</v>
       </c>
@@ -2853,97 +2856,97 @@
       <c r="AB24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
-          <t>1021Про надання земельної ділянки для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів енергогенеруючих підприємств, установ і організацій ТОВ «Енергопарк</t>
+          <t>1020Про надання дозволу на виготовлення технічної документації із землеустрою щодо об’єднання земельних ділянок комунальної власності</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>42</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="G25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>47</v>
       </c>
@@ -2953,51 +2956,51 @@
       <c r="AB25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
-          <t>1022Про надання земельної ділянки для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів енергогенеруючих підприємств, установ і організацій ТОВ «Енергопарк</t>
+          <t>1021Про надання земельної ділянки для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів енергогенеруючих підприємств, установ і організацій ТОВ «Енергопарк</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>42</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
         <v>46</v>
       </c>
       <c r="G26" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H26" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>35</v>
@@ -3053,61 +3056,61 @@
       <c r="AB26" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
-          <t>1023Про включення до переліку земельних ділянок для підготовки Лотів для продажу права оренди земельних ділянок на земельних торгах у формі аукціону та надання дозволу на виготовлення</t>
+          <t>1022Про надання земельної ділянки для розміщення, будівництва, експлуатації та обслуговування будівель і споруд об`єктів енергогенеруючих підприємств, установ і організацій ТОВ «Енергопарк</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>42</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>36</v>
       </c>
@@ -3123,81 +3126,81 @@
       <c r="R27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z27" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
-          <t>1024Про затвердження технічних документацій із землеустрою щодо інвентаризації земельних ділянок на території Белзької міської територіальної громади</t>
+          <t>1023Про включення до переліку земельних ділянок для підготовки Лотів для продажу права оренди земельних ділянок на земельних торгах у формі аукціону та надання дозволу на виготовлення</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>42</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H28" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>35</v>
@@ -3253,51 +3256,51 @@
       <c r="AB28" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
-          <t>1025Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
+          <t>1024Про затвердження технічних документацій із землеустрою щодо інвентаризації земельних ділянок на території Белзької міської територіальної громади</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>42</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H29" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>35</v>
@@ -3353,51 +3356,51 @@
       <c r="AB29" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
-          <t>1026Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
+          <t>1025Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>42</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H30" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>35</v>
@@ -3453,64 +3456,64 @@
       <c r="AB30" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
-          <t>1027Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
+          <t>1026Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>42</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>36</v>
       </c>
@@ -3553,64 +3556,64 @@
       <c r="AB31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
-          <t>1028Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
+          <t>1027Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>42</v>
       </c>
       <c r="E32" t="s">
         <v>33</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G32" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="H32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>36</v>
       </c>
@@ -3653,51 +3656,51 @@
       <c r="AB32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>79</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
-          <t>1029Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
+          <t>1028Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>42</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>34</v>
       </c>
       <c r="G33" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H33" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>35</v>
@@ -3753,97 +3756,97 @@
       <c r="AB33" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
-          <t>1030Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення городництва на умовах оренди</t>
+          <t>1029Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для будівництва та обслуговування житлового будинку,</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>35</v>
       </c>
@@ -3853,97 +3856,97 @@
       <c r="AB34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
-          <t>1031Про надання дозволу на розроблення технічної документації із землеустрою щодо інвентаризації земельної ділянки для будівництва і обслуговування житлового будинку, господарських будівель</t>
+          <t>1030Про надання дозволу на розроблення проекту землеустрою щодо відведення земельної ділянки для ведення городництва на умовах оренди</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>42</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>35</v>
       </c>
@@ -3953,64 +3956,64 @@
       <c r="AB35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>82</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
-          <t>1032Про надання дозволу на розроблення технічної документації із землеустрою щодо інвентаризації земельної ділянки для іншого сільськогосподарського призначення с.Корчів, вул.С.Бандери, 1Г,</t>
+          <t>1031Про надання дозволу на розроблення технічної документації із землеустрою щодо інвентаризації земельної ділянки для будівництва і обслуговування житлового будинку, господарських будівель</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>42</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="H36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>36</v>
       </c>
@@ -4053,64 +4056,64 @@
       <c r="AB36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>83</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
-          <t>1033Про затвердження проекту землеустрою щодо відведення земельної ділянки для сінокосіння і випасання худоби та надання земельної ділянки на умовах оренди громадянину Денису Юрію</t>
+          <t>1032Про надання дозволу на розроблення технічної документації із землеустрою щодо інвентаризації земельної ділянки для іншого сільськогосподарського призначення с.Корчів, вул.С.Бандери, 1Г,</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>42</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G37" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="H37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>36</v>
       </c>
@@ -4153,51 +4156,51 @@
       <c r="AB37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>84</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
-          <t>1034Про затвердження проекту землеустрою щодо відведення земельної ділянки для городництва та надання земельної ділянки на умовах оренди громадянину</t>
+          <t>1033Про затвердження проекту землеустрою щодо відведення земельної ділянки для сінокосіння і випасання худоби та надання земельної ділянки на умовах оренди громадянину Денису Юрію</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>42</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H38" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>35</v>
@@ -4253,297 +4256,297 @@
       <c r="AB38" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
-          <t>1035Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення відновлення меж земель в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
+          <t>1034Про затвердження проекту землеустрою щодо відведення земельної ділянки для городництва та надання земельної ділянки на умовах оренди громадянину</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>42</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
-          <t>1036Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості), для ведення товарного сільськогосподарського</t>
+          <t>1035Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення відновлення меж земель в натурі (на місцевості) для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>42</v>
       </c>
       <c r="E40" t="s">
         <v>33</v>
       </c>
       <c r="F40" t="s">
         <v>46</v>
       </c>
       <c r="G40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R40" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="S40" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="T40" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="U40" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="V40" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="W40" t="s" s="5">
         <v>47</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
-          <t>1037Про надання дозволу на укладення договорів суборенди земельних ділянок для ведення товарного сільськогосподарського виробництва, що знаходяться на території Белзької міської ради</t>
+          <t>1036Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості), для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>42</v>
       </c>
       <c r="E41" t="s">
         <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>35</v>
       </c>
@@ -4553,61 +4556,61 @@
       <c r="AB41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
-          <t>1038Про надання дозволу на укладення договорів суборенди земельних ділянок для ведення товарного сільськогосподарського виробництва, що знаходяться на території Белзької міської ради</t>
+          <t>1037Про надання дозволу на укладення договорів суборенди земельних ділянок для ведення товарного сільськогосподарського виробництва, що знаходяться на території Белзької міської ради</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>42</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>36</v>
       </c>
@@ -4620,84 +4623,84 @@
       <c r="Q42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
-          <t>1039Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земель сільськогосподарського призначення для ведення товарного сільськогосподарського</t>
+          <t>1038Про надання дозволу на укладення договорів суборенди земельних ділянок для ведення товарного сільськогосподарського виробництва, що знаходяться на території Белзької міської ради</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>42</v>
       </c>
       <c r="E43" t="s">
         <v>33</v>
       </c>
       <c r="F43" t="s">
         <v>46</v>
       </c>
       <c r="G43" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H43" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J43" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K43" t="s" s="5">
         <v>35</v>
@@ -4753,61 +4756,61 @@
       <c r="AB43" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
-          <t>1040Про внесення змін в рішення сесії Белзької міської ради Львівської області №1130 від 19.09.2023р</t>
+          <t>1039Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земель сільськогосподарського призначення для ведення товарного сільськогосподарського</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>42</v>
       </c>
       <c r="E44" t="s">
         <v>33</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N44" t="s" s="5">
         <v>36</v>
       </c>
@@ -4820,84 +4823,84 @@
       <c r="Q44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
-          <t>1041Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок зі зміною цільового призначення</t>
+          <t>1040Про внесення змін в рішення сесії Белзької міської ради Львівської області №1130 від 19.09.2023р</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>42</v>
       </c>
       <c r="E45" t="s">
         <v>33</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H45" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>35</v>
@@ -4953,51 +4956,51 @@
       <c r="AB45" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
-          <t>1042Про надання дозволу на розроблення технічних документацій із землеустрою щодо інвентаризації земельних ділянок для будівництва і обслуговування житлового будинку, господарських будівель</t>
+          <t>1041Про надання дозволу на розроблення проектів землеустрою щодо відведення земельних ділянок зі зміною цільового призначення</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>33</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H46" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J46" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K46" t="s" s="5">
         <v>35</v>
@@ -5053,61 +5056,61 @@
       <c r="AB46" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>93</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
-          <t>1043Про надання дозволу на виготовлення технічної документації із землеустрою щодо поділу земельної ділянки комунальної власності</t>
+          <t>1042Про надання дозволу на розроблення технічних документацій із землеустрою щодо інвентаризації земельних ділянок для будівництва і обслуговування житлового будинку, господарських будівель</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>42</v>
       </c>
       <c r="E47" t="s">
         <v>33</v>
       </c>
       <c r="F47" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N47" t="s" s="5">
         <v>36</v>
       </c>
@@ -5120,294 +5123,294 @@
       <c r="Q47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y47" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>94</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
-          <t>1044Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію на території колишнього господарського двору за межами с.Низи Шептицького району</t>
+          <t>1043Про надання дозволу на виготовлення технічної документації із землеустрою щодо поділу земельної ділянки комунальної власності</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>42</v>
       </c>
       <c r="E48" t="s">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>46</v>
       </c>
       <c r="G48" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="J48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="K48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="L48" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="M48" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="N48" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="P48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Q48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="R48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="S48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="T48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="U48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="V48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="W48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="X48" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Y48" t="s" s="5">
         <v>47</v>
-      </c>
-[...46 lines deleted...]
-        <v>35</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>95</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
-          <t>1045Про затвердження детального плану території для будівництва та експлуатації вітроелектростанції на території Белзької міської ради Шептицького району Львівської області</t>
+          <t>1044Про надання дозволу на розроблення проекту детального плану території для будівництва інкубаторію на території колишнього господарського двору за межами с.Низи Шептицького району</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>42</v>
       </c>
       <c r="E49" t="s">
         <v>33</v>
       </c>
       <c r="F49" t="s">
         <v>46</v>
       </c>
       <c r="G49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I49" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="J49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="O49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z49" t="s" s="5">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>96</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
-          <t>1046Про внесення змін в Програму розвитку культури Белзької міської територіальної громади на 2025 рік</t>
+          <t>1045Про затвердження детального плану території для будівництва та експлуатації вітроелектростанції на території Белзької міської ради Шептицького району Львівської області</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>42</v>
       </c>
       <c r="E50" t="s">
         <v>33</v>
       </c>
       <c r="F50" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="L50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="M50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="N50" t="s" s="5">
         <v>36</v>
       </c>
@@ -5423,81 +5426,81 @@
       <c r="R50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="Z50" t="s" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>97</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
-          <t>1047Про внесення до Програми будівництва, реконструкції та капітального ремонту об’єктів комунального та соціального призначення Белзької міської територіальної громади на 2025 рік</t>
+          <t>1046Про внесення змін в Програму розвитку культури Белзької міської територіальної громади на 2025 рік</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>42</v>
       </c>
       <c r="E51" t="s">
         <v>33</v>
       </c>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51" t="s" s="5">
         <v>35</v>
       </c>
       <c r="H51" t="s" s="5">
         <v>36</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>35</v>
       </c>
       <c r="J51" t="s" s="5">
         <v>35</v>
       </c>
       <c r="K51" t="s" s="5">
         <v>35</v>
@@ -5553,311 +5556,325 @@
       <c r="AB51" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>35</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>36</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>36</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
+          <t>1047Про внесення до Програми будівництва, реконструкції та капітального ремонту об’єктів комунального та соціального призначення Белзької міської територіальної громади на 2025 рік</t>
+        </is>
+      </c>
+      <c r="D52" t="s">
+        <v>42</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="H52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="I52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="J52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="L52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="M52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="N52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="O52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="P52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Q52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="R52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="S52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="T52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="U52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="V52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="W52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="X52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Y52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Z52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="AA52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AB52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AC52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AD52" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="AE52" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AF52" t="s" s="5">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" t="s">
+        <v>99</v>
+      </c>
+      <c r="C53" t="inlineStr" s="4">
+        <is>
           <t>1048Про внесення змін до Програми підтримки та розвитку установ охорони здоров’я ВП Белзька районна лікарня КНП «Сокальська РЛ» на 2025 рік</t>
         </is>
       </c>
-      <c r="D52" t="s">
+      <c r="D53" t="s">
         <v>42</v>
       </c>
-      <c r="E52" t="s">
+      <c r="E53" t="s">
         <v>33</v>
       </c>
-      <c r="F52" t="s">
+      <c r="F53" t="s">
         <v>34</v>
       </c>
-      <c r="G52" t="s" s="5">
-[...161 lines deleted...]
-        <v>100</v>
+      <c r="G53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="H53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="I53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="J53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="K53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="L53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="M53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="N53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="O53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="P53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Q53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="R53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="S53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="T53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="U53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="V53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="W53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="X53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Y53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="Z53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="AA53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AB53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AC53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AD53" t="s" s="5">
+        <v>35</v>
+      </c>
+      <c r="AE53" t="s" s="5">
+        <v>36</v>
+      </c>
+      <c r="AF53" t="s" s="5">
+        <v>36</v>
       </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="H54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="I54" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J54" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="L54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="M54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="N54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="O54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="P54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="Q54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="R54" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="S54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="T54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="U54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="V54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="W54" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="X54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="Y54" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Z54" t="s">
         <v>105</v>
       </c>
       <c r="AA54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="AB54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="AC54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="AD54" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="AE54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="AF54" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55" t="s">
         <v>106</v>
       </c>
       <c r="H55" t="s">
         <v>106</v>
       </c>
       <c r="I55" t="s">
         <v>106</v>
       </c>
       <c r="J55" t="s">
         <v>106</v>
       </c>
       <c r="K55" t="s">
         <v>106</v>
       </c>
       <c r="L55" t="s">
@@ -5881,240 +5898,326 @@
       <c r="R55" t="s">
         <v>106</v>
       </c>
       <c r="S55" t="s">
         <v>106</v>
       </c>
       <c r="T55" t="s">
         <v>106</v>
       </c>
       <c r="U55" t="s">
         <v>106</v>
       </c>
       <c r="V55" t="s">
         <v>106</v>
       </c>
       <c r="W55" t="s">
         <v>106</v>
       </c>
       <c r="X55" t="s">
         <v>106</v>
       </c>
       <c r="Y55" t="s">
         <v>106</v>
       </c>
       <c r="Z55" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="AA55" t="s">
         <v>106</v>
       </c>
       <c r="AB55" t="s">
         <v>106</v>
       </c>
       <c r="AC55" t="s">
         <v>106</v>
       </c>
       <c r="AD55" t="s">
         <v>106</v>
       </c>
       <c r="AE55" t="s">
         <v>106</v>
       </c>
       <c r="AF55" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56" t="s">
+        <v>107</v>
+      </c>
+      <c r="H56" t="s">
+        <v>107</v>
+      </c>
+      <c r="I56" t="s">
+        <v>107</v>
+      </c>
+      <c r="J56" t="s">
+        <v>107</v>
+      </c>
+      <c r="K56" t="s">
+        <v>107</v>
+      </c>
+      <c r="L56" t="s">
+        <v>107</v>
+      </c>
+      <c r="M56" t="s">
+        <v>107</v>
+      </c>
+      <c r="N56" t="s">
+        <v>107</v>
+      </c>
+      <c r="O56" t="s">
+        <v>107</v>
+      </c>
+      <c r="P56" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>107</v>
+      </c>
+      <c r="R56" t="s">
+        <v>107</v>
+      </c>
+      <c r="S56" t="s">
+        <v>107</v>
+      </c>
+      <c r="T56" t="s">
+        <v>107</v>
+      </c>
+      <c r="U56" t="s">
+        <v>107</v>
+      </c>
+      <c r="V56" t="s">
+        <v>107</v>
+      </c>
+      <c r="W56" t="s">
+        <v>107</v>
+      </c>
+      <c r="X56" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z56" t="s">
         <v>108</v>
       </c>
-      <c r="H56" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AA56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AB56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AC56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AD56" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="AE56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AF56" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="H57" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="I57" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J57" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="K57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="L57" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="M57" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="N57" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="O57" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="P57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Q57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="R57" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="S57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="T57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="U57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="V57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="W57" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="X57" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="Y57" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="Z57" t="s">
         <v>113</v>
       </c>
       <c r="AA57" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>110</v>
+      </c>
+      <c r="AD57" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58"/>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58"/>
+      <c r="G58" t="s">
         <v>114</v>
       </c>
-      <c r="AB57" t="s">
+      <c r="H58" t="s">
+        <v>115</v>
+      </c>
+      <c r="I58" t="s">
         <v>114</v>
       </c>
-      <c r="AC57" t="s">
+      <c r="J58" t="s">
         <v>114</v>
       </c>
-      <c r="AD57" t="s">
-[...2 lines deleted...]
-      <c r="AE57" t="s">
+      <c r="K58" t="s">
         <v>114</v>
       </c>
-      <c r="AF57" t="s">
+      <c r="L58" t="s">
+        <v>115</v>
+      </c>
+      <c r="M58" t="s">
+        <v>115</v>
+      </c>
+      <c r="N58" t="s">
+        <v>115</v>
+      </c>
+      <c r="O58" t="s">
+        <v>115</v>
+      </c>
+      <c r="P58" t="s">
         <v>114</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>114</v>
+      </c>
+      <c r="R58" t="s">
+        <v>114</v>
+      </c>
+      <c r="S58" t="s">
+        <v>114</v>
+      </c>
+      <c r="T58" t="s">
+        <v>114</v>
+      </c>
+      <c r="U58" t="s">
+        <v>114</v>
+      </c>
+      <c r="V58" t="s">
+        <v>114</v>
+      </c>
+      <c r="W58" t="s">
+        <v>114</v>
+      </c>
+      <c r="X58" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>114</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>115</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD58" t="s">
+        <v>114</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF58" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>